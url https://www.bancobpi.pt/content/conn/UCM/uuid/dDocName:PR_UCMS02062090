--- v0 (2025-10-30)
+++ v1 (2026-03-25)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...45 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/comments11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"></Relationship><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"></Relationship><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"></Relationship><Relationship Target="docProps/custom.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Id="rId4"></Relationship></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr showObjects="placeholders"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\146595\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="10425" tabRatio="784"/>
   </bookViews>
   <sheets>
     <sheet name="Instruções" sheetId="25" r:id="rId1"/>
     <sheet name="Quadro Resumo" sheetId="9" r:id="rId2"/>
     <sheet name="Despesas anos anteriores" sheetId="24" r:id="rId3"/>
     <sheet name="Despesas I&amp;D Geral" sheetId="13" r:id="rId4"/>
     <sheet name="Projeto 1 não financiado" sheetId="23" r:id="rId5"/>
     <sheet name="Projeto 2 não financiado" sheetId="35" r:id="rId6"/>
     <sheet name="Projeto 3 não financiado" sheetId="36" r:id="rId7"/>
     <sheet name="Projeto 4 não financiado" sheetId="37" r:id="rId8"/>
     <sheet name="Projeto 5 não financiado" sheetId="38" r:id="rId9"/>
     <sheet name="Projeto 1 financiado" sheetId="17" r:id="rId10"/>
@@ -3591,51 +3591,52 @@
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <color auto="1"/>
       </font>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" ?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId8"></Relationship><Relationship Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId13"></Relationship><Relationship Target="calcChain.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Id="rId18"></Relationship><Relationship Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId3"></Relationship><Relationship Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId7"></Relationship><Relationship Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId12"></Relationship><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId17"></Relationship><Relationship Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId2"></Relationship><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId16"></Relationship><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId1"></Relationship><Relationship Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId6"></Relationship><Relationship Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId11"></Relationship><Relationship Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId5"></Relationship><Relationship Target="theme/theme1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Id="rId15"></Relationship><Relationship Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId10"></Relationship><Relationship Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"></Relationship><Relationship Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId9"></Relationship><Relationship Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId14"></Relationship></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
@@ -10533,51 +10534,25 @@
       <vt:lpstr>Projeto 5 não financiado</vt:lpstr>
       <vt:lpstr>Projeto 1 financiado</vt:lpstr>
       <vt:lpstr>Projeto 2 financiado</vt:lpstr>
       <vt:lpstr>Projeto 3 financiado</vt:lpstr>
       <vt:lpstr>Projeto 4 financiado</vt:lpstr>
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Agência de Inovação , S.A.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Dina Miranda</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...24 lines deleted...]
-</file>