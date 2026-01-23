--- v0 (2025-11-23)
+++ v1 (2026-01-23)
@@ -34364,41 +34364,41 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_SetDate">
     <vt:lpwstr>2025-03-12T15:24:46Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_Name">
     <vt:lpwstr>5d86bc70-2a05-490c-b199-8f0f8e614d89</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_SiteId">
     <vt:lpwstr>5df31d35-3ba9-481e-a3c8-ff9be3ee783b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_ActionId">
     <vt:lpwstr>5f2163e8-c58f-47d1-bc18-18065f71281b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_5d86bc70-2a05-490c-b199-8f0f8e614d89_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="DISdDocName">
     <vt:lpwstr>YZKYYZHHZTJKN2RJNGRI</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="DISProperties">
     <vt:lpwstr>DISdDocName,DIScgiUrl,DISdUser,DISdID,DISidcName,DISTaskPaneUrl</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="DIScgiUrl">
-    <vt:lpwstr>http://peucmasp02.mw.pr.geos.loc:7001/cs/idcplg</vt:lpwstr>
+    <vt:lpwstr>http://peucmasp01.mw.pr.geos.loc:7001/cs/idcplg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="DISdUser">
     <vt:lpwstr>anonymous</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="DISdID">
-    <vt:lpwstr>122883</vt:lpwstr>
+    <vt:lpwstr>140075</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="DISidcName">
-    <vt:lpwstr>pr_ucme02</vt:lpwstr>
+    <vt:lpwstr>pr_ucme01</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="DISTaskPaneUrl">
-    <vt:lpwstr>http://peucmasp02.mw.pr.geos.loc:7001/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=YZKYYZHHZTJKN2RJNGRI&amp;dID=122883&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
+    <vt:lpwstr>http://peucmasp01.mw.pr.geos.loc:7001/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=YZKYYZHHZTJKN2RJNGRI&amp;dID=140075&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
   </property>
 </Properties>
 </file>